--- v0 (2025-12-09)
+++ v1 (2026-03-24)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Fabio Schneider</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_006.2023_-_cria_tres_cargos_efetivos_de_atendente_de_creche.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_006.2023_-_cria_tres_cargos_efetivos_de_atendente_de_creche.pdf</t>
   </si>
   <si>
     <t>“Cria 03 (três) cargos efetivos de Atendente de Creche com regime de 30 horas semanais, no Quadro dos Cargos de Provimento Efetivo, constante no artigo 3º da Lei Complementar nº 381, de 28 de novembro de 1997”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_006.2023_-_cria_tres_cargos_efetivos_de_atendente_de_creche.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_006.2023_-_cria_tres_cargos_efetivos_de_atendente_de_creche.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="147.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="192.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>