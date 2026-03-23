--- v0 (2025-12-11)
+++ v1 (2026-03-23)
@@ -54,156 +54,156 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fábio Diemer</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_008.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_008.2022.pdf</t>
   </si>
   <si>
     <t>Que seja realizado convênio para contratação de um médico  cardiologista, a fim de atender um dia por semana ou o período necessário, no posto de saúde central do Município.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Augusto Kappes</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_015.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_015.2022.pdf</t>
   </si>
   <si>
     <t>Atualizar o decreto municipal sobre medidas de enfrentamento ao Covid-19 no âmbito do Município de Pareci Novo, tendo em vista decisão tomada, no dia 15 de março de 2022, pelos municípios da AMVARC (Associação dos Municípios do Vale do Rio Caí) de desobrigar o uso de máscaras tanto em ambientes abertos como em ambientes fechados.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Gelci de Mello</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1139/indicacao_051.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1139/indicacao_051.2022.pdf</t>
   </si>
   <si>
     <t>Ver da possibilidade de instalação de equipamentos necessários para montar ACADEMIA DE SAÚDE AO AR LIVRE, nas dependências do PARQUE MUNICIPAL JULIO JOSE COLLING, em locais adequados com proteção da chuva e do sol.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t xml:space="preserve">Pedido de Informação </t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1076/pedido_de_informacao_011.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1076/pedido_de_informacao_011.2022.pdf</t>
   </si>
   <si>
     <t>Informar ao Poder Legislativo o processo de aquisição das últimas vans adquiridas para a Secretaria Municipal de Saúde e Assistência Social, bem como atestar se os veículos foram comprados zero quilômetro; informar como foi o procedimento de montagem e adaptação dos assentos destinados aos passageiros, atrás da cabine do motorista; remeter ao Poder Legislativo a documentação dos assentos instalados nos veículos e se estão de acordo com a legislação.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Paulo Alexandre Barth</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1101/projeto_de_lei_055.2022_-_piso_salarial_agente_comunitario_de_saude.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1101/projeto_de_lei_055.2022_-_piso_salarial_agente_comunitario_de_saude.pdf</t>
   </si>
   <si>
     <t>"Institui o piso salarial dos Agentes Comunitários de Saúde, e dá outras providências."</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária com origem no Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1115/projeto_de_lei_pl.016.2022_-_planejamento_familiar.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1115/projeto_de_lei_pl.016.2022_-_planejamento_familiar.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o planejamento familiar no Município de Pareci Novo e dá outras providências."</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1158/veto_parcial_004.2022_-_oficio_sma_150.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1158/veto_parcial_004.2022_-_oficio_sma_150.2022.pdf</t>
   </si>
   <si>
     <t>Veto Parcial aposto pelo Executivo Municipal ao Projeto de Lei nº PL.019/2022, de iniciativa do Vereador Augusto da Silveira Kappes, que “Dispõe sobre a divulgação da listagem de medicamentos disponíveis e em falta na rede municipal de saúde de Pareci Novo, e dá outras providencias”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -510,67 +510,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_008.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_015.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1139/indicacao_051.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1076/pedido_de_informacao_011.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1101/projeto_de_lei_055.2022_-_piso_salarial_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1115/projeto_de_lei_pl.016.2022_-_planejamento_familiar.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1158/veto_parcial_004.2022_-_oficio_sma_150.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1002/indicacao_008.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1017/indicacao_015.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1139/indicacao_051.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1076/pedido_de_informacao_011.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1101/projeto_de_lei_055.2022_-_piso_salarial_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1115/projeto_de_lei_pl.016.2022_-_planejamento_familiar.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1158/veto_parcial_004.2022_-_oficio_sma_150.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="141.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>