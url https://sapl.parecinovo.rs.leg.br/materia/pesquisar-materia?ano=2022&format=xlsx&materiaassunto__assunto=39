--- v0 (2025-12-10)
+++ v1 (2026-03-24)
@@ -54,154 +54,154 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Augusto Kappes, Gelcí de Mello e Fábio Diemer</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1051/projeto_de_lei_027.2022_-emenda_supressiva.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1051/projeto_de_lei_027.2022_-emenda_supressiva.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei Complementar nº E.027/2022: _x000D_
 I - alterar a redação da ementa;_x000D_
 II - alterar a redação do art. 3º;_x000D_
 III - suprimir os artigos 1º e 2º;_x000D_
 IV - renumerar os demais artigos.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Republicanos</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_001.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_001.2022.pdf</t>
   </si>
   <si>
     <t>Conceder o reajuste do piso ao Magistério Municipal.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Pedro Rhoden</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_029.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_029.2022.pdf</t>
   </si>
   <si>
     <t>Que seja custeada pelo Município de Pareci Novo, no mínimo, uma progressão de nível, seja a formação em nível de graduação, de pós graduação, de mestrado e de doutorado, a todos os Professores Municipais interessados, para obterem a mudança de nível prevista no Plano de Carreira do Magistério Público Municipal.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Augusto Kappes</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_032.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_032.2022.pdf</t>
   </si>
   <si>
     <t>Realizar a reunião com o Magistério e os Vereadores em horário posterior às 18 horas, oportunizando a presença de todos os interessados.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t xml:space="preserve">Pedido de Informação </t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1036/pedido_de_informacao_004.2022.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1036/pedido_de_informacao_004.2022.pdf</t>
   </si>
   <si>
     <t>Informar ao Poder Legislativo Municipal se há algum planejamento no sentido de complementar o piso do magistério municipal até atingir o valor do piso salarial profissional nacional do magistério. Ainda, informar se há previsão de reajuste do vale-alimentação dos servidores municipais. Em caso afirmativo, informar qual o índice e a partir de qual data.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Paulo Alexandre Barth</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_027.2022_-_altera_plano_carreira_magisterio_piso.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_027.2022_-_altera_plano_carreira_magisterio_piso.pdf</t>
   </si>
   <si>
     <t>"Altera a redação dos arts. 12, 26, 29 e 40 da Lei Complementar nº  1.857/2011, que dispõe sobre o Plano de Carreira do Magistério Público Municipal, e dá outras providências."</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1084/projeto_de_lei_038.2022_-_cria_ccs_e_fgs_diretor_e_vice_de_escola.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1084/projeto_de_lei_038.2022_-_cria_ccs_e_fgs_diretor_e_vice_de_escola.pdf</t>
   </si>
   <si>
     <t>"Altera a redação dos arts. 26 e 29 da Lei Complementar nº  1.857/2011, que dispõe sobre o Plano de Carreira do Magistério Público Municipal, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -508,67 +508,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1051/projeto_de_lei_027.2022_-emenda_supressiva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_001.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_029.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_032.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1036/pedido_de_informacao_004.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_027.2022_-_altera_plano_carreira_magisterio_piso.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1084/projeto_de_lei_038.2022_-_cria_ccs_e_fgs_diretor_e_vice_de_escola.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1051/projeto_de_lei_027.2022_-emenda_supressiva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_001.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1046/indicacao_029.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1078/indicacao_032.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1036/pedido_de_informacao_004.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_027.2022_-_altera_plano_carreira_magisterio_piso.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2022/1084/projeto_de_lei_038.2022_-_cria_ccs_e_fgs_diretor_e_vice_de_escola.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>