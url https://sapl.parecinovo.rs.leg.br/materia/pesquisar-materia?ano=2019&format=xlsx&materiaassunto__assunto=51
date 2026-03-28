--- v0 (2025-12-09)
+++ v1 (2026-03-28)
@@ -54,171 +54,171 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Oregino José Francisco</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/806/projeto_de_lei_027.2019.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/806/projeto_de_lei_027.2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Anexo I da Lei Complementar nº 381/1997, possibilitando que os servidores ocupantes dos cargos previstos nesta Lei possam dirigir veículos oficiais.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_de_lei_031.2019_-altera_carga_horaria_de_N36dii8.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_de_lei_031.2019_-altera_carga_horaria_de_N36dii8.pdf</t>
   </si>
   <si>
     <t>Altera a carga horária dos cargos de provimento efetivo de Operador de Equipamento Rodoviário e de Motorista.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/894/projeto_de_lei_058.2019_-_verba_de_incentivo_a_f_z0tiPhX.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/894/projeto_de_lei_058.2019_-_verba_de_incentivo_a_f_z0tiPhX.pdf</t>
   </si>
   <si>
     <t>Insere os arts. 16-A, 16-B, 16-C e 16-D na Lei Complementar nº 381/1997, e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_013.2019_-_altera_redacao_lei_502_QI4CdjQ.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_013.2019_-_altera_redacao_lei_502_QI4CdjQ.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 1º e 2º e revoga os artigos 3º e 4º da Lei nº 502/1999 - Plano de assistência à saúde aos servidores municipais.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_de_lei_019.2019_-_altera_redacao_lei_502_Xxms03T.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_de_lei_019.2019_-_altera_redacao_lei_502_Xxms03T.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 1º e 2º e revoga os artigos 3º e 4º da Lei nº 502/1999.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/799/projeto_de_lei_024.2019_-_plano_de_saude_servido_IuqXwH6.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/799/projeto_de_lei_024.2019_-_plano_de_saude_servido_IuqXwH6.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação do Município no pagamento das despesas do Plano de Assistência à Saúde dos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Paulo Alexandre Barth</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_de_lei_045.2019_-_altera_gratificacao_me_ctDEzuK.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_de_lei_045.2019_-_altera_gratificacao_me_ctDEzuK.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 4º da Lei nº 1.679/2009, que institui Comissão Permanente de Sindicância e Processo Administrativo Disciplinar e Especial e atribui gratificação aos seus membros.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/882/proposta_de_emenda_a_lei_organica_001.2019.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/882/proposta_de_emenda_a_lei_organica_001.2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 81 da Lei Orgânica do Município de Pareci Novo, promulgada em 10 de novembro de 1994.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>REQUR</t>
   </si>
   <si>
     <t>Requerimento de urgência</t>
   </si>
   <si>
     <t>Adriane Kinzel</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/904/requerimento_de_urgencia_-_projeto_de_lei_058.2019.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/904/requerimento_de_urgencia_-_projeto_de_lei_058.2019.pdf</t>
   </si>
   <si>
     <t>Requer, nos termos regimentais, seja dado regime de urgência para o Projeto de Lei Complementar nº E.058/2019, do Poder Executivo, que "Insere os arts. 16-A, 16-B, 16-C e 16-D na Lei Complementar nº 381/1997, e dá outras providências".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -525,68 +525,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/806/projeto_de_lei_027.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_de_lei_031.2019_-altera_carga_horaria_de_N36dii8.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/894/projeto_de_lei_058.2019_-_verba_de_incentivo_a_f_z0tiPhX.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_013.2019_-_altera_redacao_lei_502_QI4CdjQ.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_de_lei_019.2019_-_altera_redacao_lei_502_Xxms03T.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/799/projeto_de_lei_024.2019_-_plano_de_saude_servido_IuqXwH6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_de_lei_045.2019_-_altera_gratificacao_me_ctDEzuK.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/882/proposta_de_emenda_a_lei_organica_001.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/904/requerimento_de_urgencia_-_projeto_de_lei_058.2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/806/projeto_de_lei_027.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_de_lei_031.2019_-altera_carga_horaria_de_N36dii8.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/894/projeto_de_lei_058.2019_-_verba_de_incentivo_a_f_z0tiPhX.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_013.2019_-_altera_redacao_lei_502_QI4CdjQ.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_de_lei_019.2019_-_altera_redacao_lei_502_Xxms03T.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/799/projeto_de_lei_024.2019_-_plano_de_saude_servido_IuqXwH6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_de_lei_045.2019_-_altera_gratificacao_me_ctDEzuK.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/882/proposta_de_emenda_a_lei_organica_001.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/904/requerimento_de_urgencia_-_projeto_de_lei_058.2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="211.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>