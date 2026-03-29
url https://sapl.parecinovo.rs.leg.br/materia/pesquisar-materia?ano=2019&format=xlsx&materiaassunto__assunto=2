--- v0 (2025-12-11)
+++ v1 (2026-03-29)
@@ -54,300 +54,300 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Oregino José Francisco</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/749/projeto_de_lei_002.2019_-_credito_especial_inclu_5bD4diQ.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/749/projeto_de_lei_002.2019_-_credito_especial_inclu_5bD4diQ.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 223.000,00 (duzentos e vinte e três mil reais) no Orçamento Anual de 2019, em virtude da inclusão de nova rubrica de Elementos de Despesa no Elenco de Contas do PCASP/STN - 3.3.90.40.00.00.00 - Serviços da Tecnologia da Informação e Comunicação, e dá outras providências.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_006.2019_-_credito_especial_novas_qkhvy34.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_006.2019_-_credito_especial_novas_qkhvy34.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 30.000,00 (trinta mil reais) no Orçamento Anual de 2019, em virtude da inclusão de novas rubricas de Elemento de Despesa no Elenco de Contas do PCASP/STN na Unidade Orçamentária 06.01 – Fundo Municipal da Saúde – Atividade 1022 - Programa Melhoria do Acesso e da Qualidade, e dá outras providências.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/755/projeto_de_lei_008.2019_-_credito_especial_novas_Z0rWuVO.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/755/projeto_de_lei_008.2019_-_credito_especial_novas_Z0rWuVO.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 45.000,00 (quarenta e cinco mil reais) no Orçamento Anual de 2019, em virtude da inclusão de novas rubricas de Elemento de Despesa no Elenco de Contas do PCASP/STN na Unidade Orçamentária 06.01 – Fundo Municipal da Saúde – Atividade 1023 - Programa Saúde Perto de Você, e dá outras providências.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_014.2019_-_credito_especial_devol_hSjuwLI.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_014.2019_-_credito_especial_devol_hSjuwLI.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 4.631,55 (quatro mil, seiscentos e trinta e um reais e cinquenta e cinco centavos) no Orçamento Anual de 2019, em virtude da devolução de saldo residual proveniente do Convênio SICONV nº 816426/2015, Operação nº 1022851, firmado com o Ministério do Desenvolvimento Agrário, tendo por objetivo a aquisição de retroescavadeira, pulverizador e plaina agrícola, e dá outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_lei_015.2019_-_credito_especial_devol_OO96dCP.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_lei_015.2019_-_credito_especial_devol_OO96dCP.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 10.898,76 (dez mil e oitocentos e noventa e oito reais e setenta e seis centavos) no Orçamento Anual de 2019, em virtude da devolução de saldo residual proveniente do Convênio SICONV nº 870996/2018, Operação nº 1055459-43, firmado com o Ministério da Agricultura, Pecuária e Abastecimento, tendo por objetivo a aquisição de retroescavadeira, e dá outras providências.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_de_lei_016.2019_-_credito_especial_devol_77FHEty.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_de_lei_016.2019_-_credito_especial_devol_77FHEty.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 26.000,00 (vinte e seis mil reais) no Orçamento Anual de 2019, em virtude da devolução de valor não utilizado de contrapartida da Associação de Produtores Ecologistas Companheiros da Natureza que teve por objetivo o Convênio SICONV nº 833726, Operação nº 1033744, do Ministério da Agricultura, Pecuária e Abastecimento - MAPA, para a aquisição de máquinas e equipamentos agrícolas, e dá outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_lei_018.2019_-_credito_especial_pavim_texKAof.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_lei_018.2019_-_credito_especial_pavim_texKAof.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de uma ação nas Metas e Prioridades do PPA 2018-2021 e na LDO/2019, bem como a abertura de crédito especial no valor de R$ 392.001,56 (trezentos e noventa e dois mil e um reais e cinquenta e seis centavos) no Orçamento Anual de 2019, em virtude da Seleção da Operação nº 1277/2019 firmado entre o Ministério da Agricultura, Abastecimento e Pecuária e o Município de Pareci Novo para  a pavimentação da Vila Progresso - Etapa 2, e dá outras providências.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_lei_020.2019-_credito_especial_devolu_HeXeNUO.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_lei_020.2019-_credito_especial_devolu_HeXeNUO.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 6.342,15 (seis mil e trezentos e quarenta e dois reais e quinze centavos) no Orçamento Anual de 2019, em virtude da devolução de saldo residual, proveniente do Processo nº 59204.00017/2017-11 firmado entre a Secretaria Nacional de Proteção e Defesa Civil e o Município de Pareci Novo, e que teve como objeto a construção de ponte da Defesa Civil - Despique, e dá outras providências.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_de_lei_021.2019_-_credito_especial_devol_McuBQsA.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_de_lei_021.2019_-_credito_especial_devol_McuBQsA.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 4.115,00 (quatro mil e cento e quinze reais) no Orçamento Anual de 2019, em virtude da devolução de saldo residual, proveniente do repasse financeiro do Convênio SEDACTEL nº 58/2018, firmado entre a Secretaria de Estado da Cultura, Turismo, Esporte e Lazer e o Município de Pareci Novo, e que teve como objeto a implantação de Academia ao Ar Livre - Matiel, e dá outras providências.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/796/projeto_de_lei_022.2019_-_credito_especial_instr_v00Apy1.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/796/projeto_de_lei_022.2019_-_credito_especial_instr_v00Apy1.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de uma ação nas Metas e Prioridades do Plano Plurianual 2018/2021 e na LDO/2019, bem como a abertura de crédito especial no valor de R$ 160.000,00 (cento e sessenta mil reais) no Orçamento Anual de 2019, em virtude da seleção do Termo de Compromisso PAR nº 201804329-5, celebrado entre o Ministério da Educação e o Município de Pareci Novo para a aquisição de instrumentos musicais, e dá outras providências.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_lei_026.2019_-_credito_especial_repas_T7rXZWK.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_lei_026.2019_-_credito_especial_repas_T7rXZWK.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 448,00 (quatrocentos e quarenta e oito reais) no Orçamento Anual de 2019, em virtude do repasse do programa PIM - Rede Cegonha, celebrado entre o Ministério da Saúde e o Município de Pareci Novo, e dá outras providências.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/812/projeto_de_lei_029.2019_-_credito_especial_saldo_Kusorqv.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/812/projeto_de_lei_029.2019_-_credito_especial_saldo_Kusorqv.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 659,00 (seiscentos e cinquenta e nove reais) no Orçamento Anual de 2019, em virtude da devolução de saldo residual, proveniente do Convênio SICONV nº 32798/2018, Operação nº 1055339-09 firmado com o Ministério da Agricultura, Pecuária e Abastecimento, tendo por objetivo  a aquisição de máquinas se equipamentos agrícolas.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/813/projeto_de_lei_030.2019_-_credito_especial_r_1880.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/813/projeto_de_lei_030.2019_-_credito_especial_r_1880.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 18,80 (dezoito reais e oitenta centavos) no Orçamento Anual de 2019, em virtude da cobrança de tarifa bancária proveniente do Processo nº 59.204.00147/2017-11, Plano de Trabalho da Defesa Civil - Ponte de Despique, aprovado pela Secretaria Nacional da Defesa Civil - Ministério da Integração Nacional.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/831/projeto_de_lei_039.2019_-_credito_especial_devol_sgPhXAW.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/831/projeto_de_lei_039.2019_-_credito_especial_devol_sgPhXAW.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 7.000,00 (sete mil reais) no Orçamento Anual de 2019, em virtude da devolução de saldo financeiro residual, proveniente do Convênio SICONV nº 847700/2017, Contrato Nº 1039821-24/2017, firmado entre o Ministério do Turismo e o Município de Pareci Novo, tendo por objetivo a pavimentação da rua Professora Helena Viegas - Etapa III, e dá outras providências</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/836/projeto_de_lei_042.2019_-_credito_especial_pavim_u3MUW9U.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/836/projeto_de_lei_042.2019_-_credito_especial_pavim_u3MUW9U.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de uma ação nas Metas e Prioridades do PPA 2018-2021 e na LDO/2019, bem como a abertura de crédito especial no valor de R$ 3.712.838,65 (três milhões e setecentos e doze mil e oitocentos e trinta e oito reais e sessenta e cinco centavos) no Orçamento Anual de 2019, em virtude da intenção de contratar uma operação de crédito junto à Caixa Econômica Federal, através do Programa Avançar Cidades, para a realização de obras de infraestrutura e pavimentação de ruas no Município de Pareci Novo.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Paulo Alexandre Barth</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_lei_047.2019_-_credito_especial_devol_w5Up9yq.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_lei_047.2019_-_credito_especial_devol_w5Up9yq.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 30.740,43 (trinta mil e setecentos e quarenta reais e quarenta e três centavos reais) no Orçamento Anual de 2019, em virtude da devolução de saldo financeiro residual, proveniente do Convênio SICONV nº 838420/2016, Contrato Nº 1035.307-86/2016, firmado entre o Ministério do Turismo e o Município de Pareci Novo, tendo por objetivo a pavimentação da rua Professora Helena Viegas - Etapa II, e dá outras providências.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_lei_048.2019_-_credito_especial_const_JLrhMf8.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_lei_048.2019_-_credito_especial_const_JLrhMf8.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 15.455,07 (quinze mil e quatrocentos e cinquenta e cinco reais e sete centavos) no Orçamento Anual de 2019, em virtude da necessidade de Aditivo Contratual à Tomada de Preços nº 007/2017, Contrato nº 051/2017 - Projeto de Comercialização do Entreposto de Processamento de Alimentos, Operação nº 1026971-43, Contrato de Repasse nº 823550/2015, celebrado entre o Ministério do Desenvolvimento Agrário e o Município de Pareci Novo.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/893/projeto_de_lei_060.2019_-_credito_especial_saldo_IiyzjQQ.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/893/projeto_de_lei_060.2019_-_credito_especial_saldo_IiyzjQQ.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial  no valor de R$ 39.741,43 (trinta e nove mil e setecentos e quarenta e um e quarenta e três centavos) no Orçamento Anual de 2019, em virtude da devolução de saldo financeiro residual, proveniente do Convênio SICONV nº 14237/2016, Operação nº 1033744-27 firmado com o MAPA – Ministério da Agricultura, Pecuária e Abastecimento, tendo por objetivo a aquisição de máquinas e equipamentos agrícolas, e dá outras providências.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/895/projeto_de_lei_061.2019_-_credito_especial_revit_jVPU13g.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/895/projeto_de_lei_061.2019_-_credito_especial_revit_jVPU13g.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 890.737,74 (oitocentos e noventa mil e setecentos e trinta e sete reais e setenta e quatro centavos) no Orçamento Anual de 2019, em virtude da seleção da Proposta nº 49350/2019, Convênio nº 888307, Operação nº 1066907-99, do Ministério da Cidadania, tendo por objeto a revitalização do Seminário Jesuíta de Pareci Novo, e dá outras providências.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/897/projeto_de_lei_063.2019_-_credito_especial_auxil_vuGsWJ0.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/897/projeto_de_lei_063.2019_-_credito_especial_auxil_vuGsWJ0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial  no valor de R$ 5.000,00 (cinco mil reais) no Orçamento Anual de 2019, em virtude da necessidade de inclusão do elemento de despesa 3.3.3.90.46.00.00.00 – Auxílio Alimentação, nas Atividades 2082 – Manutenção Equipes P.A.C.S e 2083 – Manutenção Programa Saúde Bucal, e dá outras providências.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>REQUR</t>
   </si>
   <si>
     <t>Requerimento de urgência</t>
   </si>
   <si>
     <t>Edson Müller</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/906/requerimento_de_urgencia_-_projeto_de_lei_063.2019.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/906/requerimento_de_urgencia_-_projeto_de_lei_063.2019.pdf</t>
   </si>
   <si>
     <t>Requer, nos termos regimentais, seja dado regime de urgência para o Projeto de Lei nº E.063/2019, do Poder Executivo, que "Autoriza a abertura de crédito especial  no valor de R$ 5.000,00 (cinco mil reais) no Orçamento Anual de 2019, em virtude da necessidade de inclusão do elemento de despesa 3.3.3.90.46.00.00.00 – Auxílio Alimentação, nas Atividades 2082 – Manutenção Equipes P.A.C.S e 2083 – Manutenção Programa Saúde Bucal, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -654,68 +654,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/749/projeto_de_lei_002.2019_-_credito_especial_inclu_5bD4diQ.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_006.2019_-_credito_especial_novas_qkhvy34.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/755/projeto_de_lei_008.2019_-_credito_especial_novas_Z0rWuVO.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_014.2019_-_credito_especial_devol_hSjuwLI.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_lei_015.2019_-_credito_especial_devol_OO96dCP.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_de_lei_016.2019_-_credito_especial_devol_77FHEty.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_lei_018.2019_-_credito_especial_pavim_texKAof.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_lei_020.2019-_credito_especial_devolu_HeXeNUO.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_de_lei_021.2019_-_credito_especial_devol_McuBQsA.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/796/projeto_de_lei_022.2019_-_credito_especial_instr_v00Apy1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_lei_026.2019_-_credito_especial_repas_T7rXZWK.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/812/projeto_de_lei_029.2019_-_credito_especial_saldo_Kusorqv.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/813/projeto_de_lei_030.2019_-_credito_especial_r_1880.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/831/projeto_de_lei_039.2019_-_credito_especial_devol_sgPhXAW.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/836/projeto_de_lei_042.2019_-_credito_especial_pavim_u3MUW9U.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_lei_047.2019_-_credito_especial_devol_w5Up9yq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_lei_048.2019_-_credito_especial_const_JLrhMf8.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/893/projeto_de_lei_060.2019_-_credito_especial_saldo_IiyzjQQ.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/895/projeto_de_lei_061.2019_-_credito_especial_revit_jVPU13g.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/897/projeto_de_lei_063.2019_-_credito_especial_auxil_vuGsWJ0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/906/requerimento_de_urgencia_-_projeto_de_lei_063.2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/749/projeto_de_lei_002.2019_-_credito_especial_inclu_5bD4diQ.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_lei_006.2019_-_credito_especial_novas_qkhvy34.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/755/projeto_de_lei_008.2019_-_credito_especial_novas_Z0rWuVO.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_014.2019_-_credito_especial_devol_hSjuwLI.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_lei_015.2019_-_credito_especial_devol_OO96dCP.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_de_lei_016.2019_-_credito_especial_devol_77FHEty.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_de_lei_018.2019_-_credito_especial_pavim_texKAof.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_lei_020.2019-_credito_especial_devolu_HeXeNUO.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_de_lei_021.2019_-_credito_especial_devol_McuBQsA.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/796/projeto_de_lei_022.2019_-_credito_especial_instr_v00Apy1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_lei_026.2019_-_credito_especial_repas_T7rXZWK.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/812/projeto_de_lei_029.2019_-_credito_especial_saldo_Kusorqv.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/813/projeto_de_lei_030.2019_-_credito_especial_r_1880.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/831/projeto_de_lei_039.2019_-_credito_especial_devol_sgPhXAW.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/836/projeto_de_lei_042.2019_-_credito_especial_pavim_u3MUW9U.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_lei_047.2019_-_credito_especial_devol_w5Up9yq.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_lei_048.2019_-_credito_especial_const_JLrhMf8.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/893/projeto_de_lei_060.2019_-_credito_especial_saldo_IiyzjQQ.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/895/projeto_de_lei_061.2019_-_credito_especial_revit_jVPU13g.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/897/projeto_de_lei_063.2019_-_credito_especial_auxil_vuGsWJ0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/sapl/public/materialegislativa/2019/906/requerimento_de_urgencia_-_projeto_de_lei_063.2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>