--- v0 (2025-12-11)
+++ v1 (2026-03-29)
@@ -54,1348 +54,1348 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Gilnei da Silva, Erni Mendel, Francisco Mendel, Ingrid Adamy, Júlio Braga, Luciano Hensel</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/287/287_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 1º, DO ART. 2ºDO PROJETO DE LEI Nº E.023/2015,QUE ALTERA A REDAÇÃO DO ART. 1º, § 1º, § 2º E ACRESCENTA O § 3º AO ART. 1º DA LEI MUNICIPAL Nº 243, DE 17 DE JUNHO DE 1996.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Erni Mendel, Francisco Mendel, Gilnei da Silva, Ingrid Adamy, Júlio Braga, Luciano Hensel, Roseli Bohn</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> ELEVAR O VALOR DA META CONSTANTE NO ANEXO III &amp;#8211; METAS E DIRETRIZES (PROGRAMAS),PROGRAMA 0122 &amp;#8211; CONTROLE DA GESTÃO PÚBLICA,AÇÃO  2040 &amp;#8211; MANUTENÇÃO DO CONVÊNIO CONSEPRO; REDUZIR O VALOR DA META CONSTANTE NO ANEXO III &amp;#8211; METAS E DIRETRIZES (PROGRAMAS),PROGRAMA 0126 &amp;#8211; PRESERVAÇÃO DO PATRIMÔNIO CULTURAL,AÇÃO  1018 &amp;#8211; RESTAURAÇÃO PRÉDIOS HISTÓRICOS E ELEVAR O VALOR DA META CONSTANTE NO ANEXO IV &amp;#8211; ENTIDADES BENEFICIADAS COM REPASSES DE SUBVENÇÕES SOCIAIS OU AUXÍLIOS FINANCEIROS,META 2 &amp;#8211; CONSEPRO &amp;#8211; CONSELHO PRÓ SEGURANÇA DE PARECI NOVO. _x000D_
 	</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Erni Mendel, Francisco Mendel, Gilnei da Silva, Ingrid Adamy, Luciano Hensel</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI Nº 46/2015 QUE "DISPÕE SOBRE GRATIFICAÇÃO DE SOBREAVISO AOS SERVIDORES ESTATUTÁRIOS OCUPANTES DO CARGO DE OPERADOR DE EQUIPAMENTO RODOVIÁRIO, MOTORISTA E OPERÁRIO GERAL QUE FOREM DESIGNADOS PARA CUMPRIREM ESCALA DE SOBREAVISO" QUE SUPRIME O PARÁGRAFO ÚNICO DO ART. 2º.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gilnei da Silva</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER DA POSSIBILIDADE DA ADMINISTRAÇÃO MUNICIPAL PROVIDENCIAR A CONFECÇÃO DE MAPAS CONTENDO TODAS AS VIAS PÚBLICAS DO MUNICÍPIO E SUAS RESPECTIVAS DENOMINAÇÕES, COMPREENDENDO A CIDADE E AS LOCALIDADES DO INTERIOR.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>Erni Mendel</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER DA POSSIBILIDADE DA ADMINISTRAÇÃO MUNICIPAL PROVIDENCIAR A CONSTRUÇÃO DE UM ABRIGO PARA A PARADA DE ÔNIBUS LOCALIZADA AO LADO DA RESIDÊNCIA DO SENHOR MARCOS KLEIN, NA RODOVIA TRANSCITRUS, LOCALIDADE DA VÁRZEA DO PARECI.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Júlio Braga</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/285/285_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">	  _x000D_
 VER DA POSSIBILIDADE DA ADMINISTRAÇÃO MUNICIPAL PROVIDENCIAR A COLOCAÇÃO DE LIXEIRAS NO CENTRO DA CIDADE DE PARECI NOVO E, POSTERIORMENTE, NO NÚCLEO CENTRAL DE CADA LOCALIDADE.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Luciano Hensel</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER DA POSSIBILIDADE DA ADMINISTRAÇÃO MUNICIPAL PROVIDENCIAR A COLOCAÇÃO DE BANCOS NA PRAÇA MUNICIPAL MIGUEL ARRAES.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>VER DA POSSIBILIDADE DO PODER EXECUTIVO MUNICIPAL ENCAMINHAR PROJETO DE LEI ALTERANDO A DENOMINAÇÃO DA RUA DOS ÁLAMOS PARA RUA HELENA LEOPOLDINA HOFFMANN.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Câmara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DA LEGISLAÇÃO SANITÁRIA AVÍCOLA.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>PACAD</t>
   </si>
   <si>
     <t>Parecer prévio sobre as contas da Administração</t>
   </si>
   <si>
     <t>Primeira Câmara do Tribunal de Contas</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/321/321_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER TCE SOBRE CONTAS DE GOVERNO REFERENTE AO EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER TCE SOBRE CONTAS DE GOVERNO REFERENTE AO EXERCÍCIO FINANCEIRO DE 2014.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t xml:space="preserve">Pedido de Informação </t>
   </si>
   <si>
     <t>Roseli Bohn, Luciano Hensel</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÓPIA DA PORTARIA QUE DESIGNOU OS ATUAIS MEMBROS DA COMISSÃO PERMANENTE DE SINDICÂNCIA E PROCESSO ADMINISTRATIVO DISCIPLINAR E ESPECIAL, INSTITUÍDA PELA LEI MUNICIPAL Nº 1679 DE 15 DE JUNHO DE 2009; CÓPIA DA PORTARIA QUE INSTAUROU PROCEDIMENTO DISCIPLINAR PARA APURAR SUPOSTA IRREGULARIDADE COMETIDA PELO SERVIDOR PÚBLICO MUNICIPAL LEONARDO BATISTA MILANEZ; INFORMAR EM QUE FASE SE ENCONTRA O PROCEDIMENTO DISCIPLINAR EM QUESTÃO.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Roseli Bohn</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/291/291_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAR A DATA EM QUE FOI DEPOSITADA A PARCELA EXTRA ESTABELECIDA NO PARÁGRAFO ÚNICO, DO ARTIGO 1º, DA PORTARIA Nº 314, DE 28 DE FEVEREIRO DE 2014, DO MINISTÉRIO DA SAÚDE QUE: "FIXA O VALOR DO INCENTIVO DE CUSTEIO REFERENTE À IMPLANTAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE(ACS)"</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Pedro Rhoden</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/317/317_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> A LEI MUNICIPAL Nº 1.270,  DE 20 DE FEVEREIRO DE 2006, QUE: "CRIA O PROGRAMA DE FOMENTO À PRODUÇÃO DE SUÍNOS E AVES &amp;#8211; PROSUAVI, E DÁ OUTRAS PROVIDÊNCIAS", DISPÕE EM SEU ARTIGO 10 QUE: "O PODER EXECUTIVO ESTABELECERÁ POR DECRETO:   I  - O VOLUME MÁXIMO DE OPERAÇÕES E PROJETOS A TEREM COBERTURA DO PROGRAMA DURANTE O ANO;  II &amp;#8211; OS NÍVEIS MÁXIMOS DE GARANTIA A SEREM ADOTADOS NAS OPERAÇÕES; III &amp;#8211; OS NÍVEIS MÁXIMOS DE PARTICIPAÇÃO NA COBERTURA DOS JUROS DOS FINANCIAMENTOS; IV &amp;#8211; AS CONDIÇÕES DE EFETIVAÇÃO DO PROVIMENTO DOS RECURSOS PELO FUNDO." ASSIM, SOLICITA-SE CÓPIA DOS DECRETOS EDITADOS DESDE A PUBLICAÇÃO DA REFERIDA LEI, REGULAMENTANDO A MATÉRIA.		</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/318/318_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOUVE LICITAÇÃO PARA A AQUISIÇÃO DAS MUDAS DE FLORES, DE PLANTAS ORNAMENTAIS E DE FOLHAGENS UTILIZADAS PARA A ORNAMENTAÇÃO DA VI CITRUSFLOR. EM CASO AFIRMATIVO, INFORMAR QUAIS AS EMPRESAS QUE PARTICIPARAM  DO PROCESSO LICITATÓRIO E QUAIS FORAM AS VENCEDORAS, ENVIANDO CÓPIA DOS VALORES EMPENHADOS RELATIVOS ÀS DESPESAS CONTRATADAS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE RECEITAS E DESPESAS DA 6ª CITRUSFLOR.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/332/332_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>PERGUNTA-SE A DATA EM QUE HOUVE OS DEPÓSITOS NA CONTA BANCÁRIA ESPECÍFICA DOS REPASSES EFETUADOS AO GRUPO DA TERCEIRA IDADE BEM VIVER E SOBRE A EXISTÊNCIA OU NÃO DE SERVIDOR RESPONSÁVEL PELO ACOMPANHAMENTO 	DAS ATIVIDADES DO GRUPO NOS ANOS DE 2014 E DE 2015; INFORMANDO, EM CASO AFIRMATIVO, O NOME, O CARGO QUE OCUPAVA OU OCUPA, BEM COMO O VALOR DA REMUNERAÇÃO.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/336/336_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIAR  A LISTAGEM QUE CONTENHA OS REPASSES DAS EMPRESAS E DOS PRODUTORES AGROPECUÁRIOS COM MAIOR VALOR ADICIONADO DOS EXERCÍCIOS DE 2013, 2014 E 2015.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>PV</t>
   </si>
   <si>
     <t>Pedido de Vista</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PROJETO DE LEI Nº 045/2014.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Francisco Mendel</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA AO PROJETO DE LEI Nº E.045/2014</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>VISTA DO PROJETO DE LEI Nº E.045/2014, ORIUNDO DO PODER EXECUTIVO, QUE REVOGA A LEI Nº 904/2003 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AO CONSEPRO 10% DO IPVA.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/295/295_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>VISTA DO PROJETO DE LEI Nº 45/2014, ORIUNDO DO PODER EXECUTIVO, QUE REVOGA A LEI Nº 904/2003 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AO CONSEPRO 10% DO IPVA.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PROJETO DE LEI 045.2014 QUE REVOGA A LEI Nº 904/2003 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AO CONSEPRO 10% DO IPVA.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PROJETO DE LEI Nº 45.2014 QUE REVOGA A LEI Nº 904/2003 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AO CONSEPRO 10% DO IPVA.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>Waldir Braga</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE VISTA DO PROJETO DE LEI Nº E.045/2014, ORIUNDO DO PODER EXECUTIVO, QUE REVOGA A LEI Nº 904/2003 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AO CONSELHO COMUNITÁRIO PRÓ SEGURANÇA PÚBLICA &amp;#8211; CONSEPRO, DE PARECI NOVO, 10% (DEZ POR CENTO) DO IMPOSTO SOBRE A PROPRIEDADE DE VEÍCULOS AUTOMOTORES - IPVA.  </t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/313/313_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Paulo Alexandre Barth</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA FUNÇÕES GRATIFICADAS E CARGOS EM COMISSÃO DE DIRETOR E VICE-DIRETOR DE ESCOLA, ALTERANDO A REDAÇÃO E INSERINDO DISPOSITIVOS NA LEI COMPLEMENTAR Nº 1.857, DE 18 DE FEVEREIRO DE 2011.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Rafael Antonio Riffel</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DA LEI COMPLEMENTAR Nº 1857, DE 18 DE FEVEREIRO DE 2011._x000D_
 </t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/245/245_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESCOLARIDADE EXIGIDA PARA INGRESSO NO CARGO EFETIVO DE ATENDENTE DE CRECHE, CONSTANTE NO ANEXO I DA LEI COMPLEMENTAR Nº 381/1997.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA UM CARGO EM COMISSÃO DE CHEFE DE TURMA E EXTINGUE CARGOS DO QUADRO DOS CARGOS EM COMISSÃO NO ART. 19, DA LEI COMPLEMENTAR Nº 381, DE 28 DE NOVEMBRO DE 1997. </t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR REFERENCIAL DE VENCIMENTOS DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI COMPLEMENTAR Nº 1.857, DE 18 DE FEVEREIRO DE 2011.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTINGUE A FUNÇÃO GRATIFICADA DE ENCARREGADO TRIBUTÁRIO, DO QUADRO DE FUNÇÕES GRATIFICADAS CONSTANTE NO ART. 20, DA LEI COMPLEMENTAR Nº 381/1997.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO EM COMISSÃO E A RESPECTIVA FUNÇÃO GRATIFICADA DE DIRETOR DO DEPARTAMENTO DE ARRECADAÇÃO E FISCALIZAÇÃO TRIBUTÁRIA, NO QUADRO DE CARGOS E FUNÇÕES DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/315/315_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA FUNÇÕES GRATIFICADAS E CARGOS EM COMISSÃO DE DIRETOR E VICE-DIRETOR DE ESCOLA, ALTERANDO-SE A REDAÇÃO DO ART. 26 DA LEI COMPLEMENTAR Nº 1.857, DE 18 DE FEVEREIRO DE 2011.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS SOBRE O PROTESTO DE TÍTULOS E OUTROS DOCUMENTOS ORIUNDOS DE DÍVIDAS TRIBUTÁRIAS E NÃO TRIBUTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/232/232_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE UM ENGENHEIRO CIVIL.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, PARA FINANCIAMENTO DESTINADO À PAVIMENTAÇÃO E QUALIFICAÇÃO DE VIAS URBANAS SITUADAS NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/234/234_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 1.071.320,01 (UM MILHÃO, SETENTA E UM MIL E TREZENTOS E VINTE REAIS E UM CENTAVO)NA LEI DE ORÇAMENTO ANUAL DE 2015, EM VIRTUDE DA CONTRATAÇÃO DE UM AOPERAÇÃO DE CRÉDITO JUNTO À CAIXA ECONÔMICA FEDERAL PARA A REALIZAÇÃO DE OBRAS DE PAVIMENTAÇÃO E QUALIFICAÇÃO DE VIAS URBANAS DO CENTRO DO MUNICÍPIO DE PARECI NOVO.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/235/235_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE UM SERVIDOR PARA SUPRIR O CARGO DE PROFESSOR DE FILOSOFIA - ÁREA II, COM REGIME DE 20 (VINTE) HORAS SEMANAIS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/238/238_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO À CITRICULTURA - PROMIC.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/236/236_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 (UM) SERVIDOR PARA OCUPAR O CARGO DE PROFESSOR ÁREA DE EDUCAÇÃO FÍSICA.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO IV DO ART. 13 DA LEI Nº 1.077, DE 27 DE DEZEMBRO DE 2004, QUE REESTRUTURA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES EFETIVOS DO MUNICÍPIO DE PARECI NOVO.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO DE COOPERAÇÃO TÉCNICA COM A ASSOCIAÇÃO CIVIL CORPO DE BOMBEIROS VOLUNTÁRIOS DE SÃO SEBASTIÃO DO CAÍ.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AUXÍLIO FINANCEIRO AO CORAL MUNICIPAL CULTURAL DE PARECI NOVO.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL NO MUNICÍPIO DE PARECI NOVO/RS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A INCLUSÃO DE UMA AÇÃO NAS METAS E PRIORIDADES DO PLANO PLURIANUAL 2014/2017 E NA LDO/2015, BEM COMO A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) NO ORÇAMENTO ANUAL DE 2015, EM VIRTUDE DA SELEÇÃO DO CONTRATO DE REPASSE Nº 808559/2014 &amp;#8211; MAPA  PARA A AQUISIÇÃO DE UMA PATRULHA MECANIZADA, CELEBRADO ENTRE O MINISTÉRIO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO  E O MUNICÍPIO DE PARECI NOVO, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE  09 (NOVE) SERVIDORES PARA OCUPAR O CARGO DE ATENDENTE DE CRECHE.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AUXÍLIO FINANCEIRO À LIGA DE FUTEBOL AMADOR DE PARECI NOVO, PARA CUSTEAR DESPESAS COM A PARTICIPAÇÃO NO CAMPEONATO INTERMUNICIPAL DE FUTEBOL DE VETERANOS DO VALE DO CAÍ. </t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/253/253_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 1.820,46 (UM MIL E OITOCENTOS E VINTE REAIS E QUARENTA E SEIS CENTAVOS) NO ORÇAMENTO ANUAL DE 2015, REFERENTE À RESTITUIÇÃO DE SALDO FINANCEIRO DO CONVÊNIO SEHABS/DESAN Nº 2853/2013 - CONSTRUÇÃO DE MÓDULOS SANITÁRIOS II, EM VIRTUDE DE ENCERRAMENTO DO OBJETO DESTE CONVÊNIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 1.029,35 (UM MIL E VINTE E NOVE REAIS E TRINTA E CINCO CENTAVOS) NO ORÇAMENTO ANUAL DE 2015, REFERENTE À RESTITUIÇÃO DE SALDO FINANCEIRO DO CONVÊNIO SEHABS/DESAN Nº 1219/2013 - CONSTRUÇÃO DE MÓDULOS SANITÁRIOS I, EM VIRTUDE DE ENCERRAMENTO DO OBJETO DESTE CONVÊNIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 694,19 (SEISCENTOS E NOVENTA E QUATRO REAIS E DEZENOVE CENTAVOS) NO ORÇAMENTO ANUAL DE 2015 REFERENTE À RESTITUIÇÃO DE SALDO FINANCEIRO DO CONVÊNIO PASSE LIVRE ESTUDANTIL, EM VIRTUDE DE ENCERRAMENTO DO OBJETO DESTE CONVÊNIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º, § 1º, § 2º E ACRESCENTA O § 3º AO ART. 1º DA LEI MUNICIPAL Nº 243, DE 17 DE JUNHO DE 1996.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE DOIS MÉDICOS VETERINÁRIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE DÉBITOS OU OBRIGAÇÕES DO MUNICÍPIO DE PARECI NOVO, NOS TERMOS DO ART. 100, §§ 3º E 4º, DA CONSTITUIÇÃO FEDERAL, DECORRENTES DE DECISÕES JUDICIAIS, CONSIDERADOS DE PEQUENO VALOR (RPV).</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE UM TÉCNICO DE ENFERMAGEM.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO DE PARECI NOVO, PARA O DECÊNIO 2015/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 (UM) SERVIDOR PARA OCUPAR O CARGO DE PROFESSOR DE LÍNGUA INGLESA. </t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE UMA AÇÃO NAS METAS E PRIORIDADES DO PLANO PLURIANUAL 2014/2017, NA LDO/2015 E NA LOA 2015, BEM COMO A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 2.190.507,42 (DOIS MILHÕES E CENTO E NOVENTA MIL E QUINHENTOS E SETE REAIS E QUARENTA E DOIS CENTAVOS) NA LEI DE ORÇAMENTO ANUAL DE 2015, EM VIRTUDE DE ABERTURA DE PROCESSO LICITATÓRIO PARA A CONTRATAÇÃO DE EMPRESA PARA EXECUTAR AS OBRAS DE PAVIMENTAÇÃO, SINALIZAÇÃO E DRENAGEM PLUVIAL DA ESTRADA MONSENHOR FRANK &amp;#8211; TRECHO 01, NA LOCALIDADE DE COQUEIRAL, MUNICÍPIO DE PARECI NOVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA A EXPLORAÇÃO DO SERVIÇO DE AUTOMÓVEIS DE ALUGUEL (TÁXI) NO MUNICÍPIO DE PARECI NOVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DE PARECI NOVO, SEUS PRINCÍPIOS, OBJETIVOS, ESTRUTURA, ORGANIZAÇÃO, GESTÃO, INTER-RELAÇÕES ENTRE OS SEUS COMPONENTES, RECURSOS HUMANOS, FINANCIAMENTOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE UMA AÇÃO DE METAS E PRIORIDADES NO PLANO PLURIANUAL 2014/2017, NA LDO/2015 E NA LOA 2015, BEM COMO A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS) NA LEI DE ORÇAMENTO ANUAL DE 2015, EM VIRTUDE DA CRIAÇÃO DO FUNDO MUNICIPAL DA CULTURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA DE ESTÍMULO À EXPEDIÇÃO DE NOTAS FISCAIS DE PRODUTOR RURAL DENOMINADO &amp;#8220;NOTA CIDADÃ&amp;#8221;, ESTABELECE SORTEIO E PREMIAÇÃO PARA OS ANOS DE 2015 E 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA DEPARTAMENTO E ALTERA A REDAÇÃO DA LEI Nº 1.161/2005, QUE DISPÕE SOBRE A CRIAÇÃO DE DEPARTAMENTOS NA ESTRUTURA ADMINISTRATIVA DOS SERVIÇOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE UMA AÇÃO NAS METAS E PRIORIDADES DO PLANO PLURIANUAL 2014/2017, NA LDO/2015 E NA LOA 2015, BEM COMO A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 251.250,00 (DUZENTOS E CINQUENTA E UM MIL E DUZENTOS E CINQUENTA REAIS) NA LEI DE ORÇAMENTO ANUAL DE 2015, EM VIRTUDE DA SELEÇÃO DA OPERAÇÃO Nº 1022851-64 &amp;#8211; MDA PARA A AQUISIÇÃO DE UMA RETROESCAVADEIRA, PULVERIZADOR E PLAINA AGRÍCOLA, CELEBRADO ENTRE O MINISTÉRIO DO DESENVOLVIMENTO AGRÁRIO E O MUNICÍPIO DE PARECI NOVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/279/279_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 961,84 (NOVECENTOS E SESSENTA E UM REAIS E OITENTA E QUATRO CENTAVOS) NO ORÇAMENTO ANUAL DE 2015, REFERENTE A RESTITUIÇÃO DE SALDO FINANCEIRO DO PROGRAMA DINHEIRO DIRETO NA ESCOLA/PDDE, DA ESCOLA MUNICIPAL JOSÉ DO PATROCÍNIO, DA LOCALIDADE DE COQUEIRAL &amp;#8211; EXERCÍCIO 2010 - EM VIRTUDE DE ENCERRAMENTO DO OBJETO DESTE CONVÊNIO E RESPECTIVO JULGAMENTO DA PRESTAÇÃO DE CONTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/289/289_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO II, INSERE A ALÍNEA &amp;#8220;F&amp;#8221; E DÁ NOVA REDAÇÃO ÀS ALÍNEAS &amp;#8220;C&amp;#8221;, &amp;#8220;D&amp;#8221; E &amp;#8220;E&amp;#8221;, CONSTANTES NO § 3º DO ART. 27, DA LEI DE DIRETRIZES URBANAS &amp;#8211; LDU, DE 24 DE JUNHO DE 2005.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO PARA A ASSOCIAÇÃO DE  ESTUDANTES DE PARECI NOVO.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL  A CONCEDER INCENTIVO FINANCEIRO ADICIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE VINCULADOS AO PROGRAMA DE SAÚDE DA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL DE PARECI NOVO A CONCEDER AUXÍLIO FINANCEIRO À SOCIEDADE CULTURAL DE DESPIQUE PARA A CONSTRUÇÃO E REFORMA DE VESTIÁRIOS JUNTO AO CAMPO DE FUTEBOL DO ESPORTE CLUBE GUARANI.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/293/293_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL DE PARECI NOVO A CONCEDER RECURSO FINANCEIRO À SOCIEDADE CULTURAL DE DESPIQUE.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE GRATIFICAÇÃO DE SOBREAVISO AOS SERVIDORES ESTATUTÁRIOS OCUPANTES DO CARGO DE OPERADOR DE EQUIPAMENTO RODOVIÁRIO, MOTORISTA E OPERÁRIO GERAL QUE FOREM DESIGNADOS PARA CUMPRIREM ESCALA DE SOBREAVISO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/297/297_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 583,76, NO ORÇAMENTO ANUAL DE 2015, REFERENTE À RESTITUIÇÃO DE SALDO FINANCEIRO DO PROGRAMA INFRAESTRUTURA ESCOLAR &amp;#8211; AQUISIÇÃO DE MOBILIÁRIO PARA ESCOLAS - PAR 201302000/2013, EM VIRTUDE DA CONCLUSÃO DO CONVÊNIO.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 25.000,00 (VINTE E CINCO MIL REAIS) NO ORÇAMENTO ANUAL DE 2015, REFERENTE AO REMANEJAMENTO DAS DOTAÇÕES ORÇAMENTÁRIAS DA DESPESA DA UNIDADE ORÇAMENTÁRIA 06.01 - FUNDO MUNICIPAL DA SAÚDE, ATIVIDADE 2036 - PROGRAMA CONVÊNIO SIA/SUS EM VIRTUDE DA ALTERAÇÃO DA NOMENCLATURA DO RECURSO FEDERAL 4850 PARA 4590 - TETO FINANCEIRO - SIA.SUS.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE UM SERVIDOR PARA SUPRIR O CARGO DE ESPECIALISTA EM EDUCAÇÃO &amp;#8211; ORIENTADOR EDUCACIONAL, COM REGIME DE 20 (VINTE) HORAS SEMANAIS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DAS ALÍNEAS CONSTANTES NO INCISO II DO ART. 13 DA LEI DE DIRETRIZES URBANAS &amp;#8211; LDU, DE 24 DE JUNHO DE 2005.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARECI NOVO A RECEBER EM DOAÇÃO BENS MÓVEIS ORIUNDOS DO DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES - DNIT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS) NO ORÇAMENTO ANUAL DE 2015, REFERENTE À INCLUSÃO DE NOVO ELEMENTO DE DESPESA NO PROJETO 1057 &amp;#8211; PROGRAMA MELHORIA E ACESSO DA QUALIDADE &amp;#8211; PMAQ, NA UNIDADE ORÇAMENTÁRIA 06.01 &amp;#8211; FUNDO MUNICIPAL DA SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE 04 (QUATRO) SERVIDORES PARA OCUPAR O CARGO DE ATENDENTE DE CRECHE.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/314/314_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE PARECI NOVO A CONCEDER CONTRIBUIÇÃO FINANCEIRA AO GRUPO DA TERCEIRA IDADE BEM VIVER.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI TURNO ÚNICO PARA TODOS OS SERVIDORES PÚBLICOS DO PODER EXECUTIVO, EXCETO AQUELES VINCULADOS À SECRETARIA MUNICIPAL DE SAÚDE E ASSISTÊNCIA SOCIAL E À SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/324/324_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A INCLUSÃO DE UMA AÇÃO NAS METAS E PRIORIDADES DO PLANO PLURIANUAL 2014/2017 E NA LDO/2015, BEM COMO A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 12.100,00 (DOZE MIL E CEM REAIS) NO ORÇAMENTO ANUAL DE 2015, EM VIRTUDE DA CELEBRAÇÃO DO CONVÊNIO Nº 30/15 FIRMADO ENTRE O MUNICÍPIO DE PARECI NOVO E A SECRETARIA DE ESTADO DE TURISMO, ESPORTE E LAZER, ATRAVÉS DA FUNDERGS, PARA A INSTALAÇÃO DE UM PLACAR POLIESPORTIVO ELETRÔNICO NO GINÁSIO MUNICIPAL ARMIN ADOLFO HELDT, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO À FRUTICULTURA - PROMIF.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/334/334_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO À PRODUÇÃO DE MUDAS EM AMBIENTE PROTEGIDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARECI NOVO PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/327/327_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 2.205, DE 09 DE SETEMBRO DE 2014.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/329/329_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI TURNO ÚNICO NO SERVIÇO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/330/330_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI Nº 2.053, DE 09 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 3º E 4º DA LEI Nº 2.238, DE 22 DE DEZEMBRO DE 2014.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE 07 (SETE) SERVIDORES PARA OCUPAR O CARGO DE ATENDENTE DE CRECHE.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 (UM) SERVIDOR PARA OCUPAR O CARGO DE ATENDENTE DE CRECHE.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 (UM) SERVIDOR PARA OCUPAR O CARGO DE PROFESSOR DE LÍNGUA INGLESA.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária com origem no Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A ELEVAR A REMUNERAÇÃO DO CARGO EM COMISSÃO DE ASSESSOR JURÍDICO, CONSTANTE NO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE VEREADORES DE PARECI NOVO.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DO SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE PARECI NOVO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DO SUBSÍDIO DO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE PARECI NOVO.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DO SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DE PARECI NOVO.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE PARECI NOVO.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>Ingrid Adamy</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À VIA PÚBLICA.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA VIAGEM DE VEREADORES A BRASÍLIA.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA RESOLUÇÃO Nº 029, DE 07 DE MARÇO DE 1997.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/311/311_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>Mesa da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO E ACRESCENTA DISPOSITIVOS NA RESOLUÇÃO Nº 09, DE 26 DE MAIO DE 1995, QUE ESTABELECE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PARECI NOVO/RS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>PPOC</t>
   </si>
   <si>
     <t>Proposta Parcial de Orçamento da Câmara</t>
   </si>
   <si>
     <t>PROPOSTA PARCIAL DO ORÇAMENTO DA CÂMARA MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/326/326_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 15, 23, 25, 28, 36, 41, 43, 44, 45, 52, 54, 65, 68 E 88 DA LEI ORGÂNICA DO MUNICÍPIO DE PARECI NOVO.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEREADOR INÁCIO FRANCISCO MENDEL REQUER 34 (TRINTA E QUATRO) DIAS DE LICENÇA PARA TRATAR DE INTERESSE PARTICULAR, A CONTAR DE 03 DE NOVEMBRO DE 2015.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.pdf</t>
+    <t>http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 057/2015.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1702,68 +1702,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.parecinovo.rs.leg.br/media/./sapl/public/materialegislativa/2015/331/331_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="90.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>